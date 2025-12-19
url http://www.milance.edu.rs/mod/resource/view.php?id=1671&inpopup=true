--- v0 (2025-10-30)
+++ v1 (2025-12-19)
@@ -1,683 +1,605 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00016720" w:rsidRPr="00016720" w:rsidRDefault="00016720">
-[...21 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="000364D2" w:rsidRDefault="000364D2" w:rsidP="000364D2"/>
+    <w:p w:rsidR="000364D2" w:rsidRDefault="000364D2" w:rsidP="000364D2">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="615675B1" wp14:editId="5D3C0FBD">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4181F02D" wp14:editId="30E7CDCF">
+            <wp:extent cx="5943600" cy="1400810"/>
+            <wp:effectExtent l="0" t="0" r="0" b="8890"/>
+            <wp:docPr id="2" name="Picture 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5943600" cy="1400810"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000364D2" w:rsidRDefault="000364D2" w:rsidP="000364D2"/>
+    <w:p w:rsidR="000364D2" w:rsidRDefault="000364D2" w:rsidP="000364D2">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="47CF4169" wp14:editId="750D305C">
+            <wp:extent cx="5943600" cy="1400810"/>
+            <wp:effectExtent l="0" t="0" r="0" b="8890"/>
+            <wp:docPr id="3" name="Picture 3"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5943600" cy="1400810"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000364D2" w:rsidRDefault="000364D2" w:rsidP="000364D2"/>
+    <w:p w:rsidR="000364D2" w:rsidRDefault="000364D2" w:rsidP="000364D2">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="160523BF" wp14:editId="5E3926A2">
+            <wp:extent cx="5943600" cy="1400810"/>
+            <wp:effectExtent l="0" t="0" r="0" b="8890"/>
+            <wp:docPr id="4" name="Picture 4"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5943600" cy="1400810"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000364D2" w:rsidRDefault="000364D2" w:rsidP="000364D2"/>
+    <w:p w:rsidR="000364D2" w:rsidRDefault="000364D2" w:rsidP="000364D2"/>
+    <w:p w:rsidR="000364D2" w:rsidRDefault="000364D2" w:rsidP="000364D2">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C6A22C8" wp14:editId="5EC51424">
+            <wp:extent cx="5943600" cy="1400810"/>
+            <wp:effectExtent l="0" t="0" r="0" b="8890"/>
             <wp:docPr id="1" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5943600" cy="1400810"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000364D2" w:rsidRDefault="000364D2" w:rsidP="000364D2"/>
+    <w:p w:rsidR="000364D2" w:rsidRDefault="000364D2" w:rsidP="000364D2">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3231F210" wp14:editId="5CE95D8B">
+            <wp:extent cx="5943600" cy="3500120"/>
+            <wp:effectExtent l="0" t="0" r="0" b="5080"/>
+            <wp:docPr id="7" name="Picture 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6016145" cy="3281242"/>
+                      <a:ext cx="5943600" cy="3500120"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00016720" w:rsidRDefault="00016720">
+    <w:p w:rsidR="000364D2" w:rsidRDefault="000364D2" w:rsidP="000364D2">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00016720" w:rsidRDefault="00016720" w:rsidP="00016720">
+    <w:p w:rsidR="000364D2" w:rsidRDefault="000364D2" w:rsidP="000364D2">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
-[...32 lines deleted...]
-    <w:p w:rsidR="00016720" w:rsidRPr="00016720" w:rsidRDefault="00016720" w:rsidP="00016720">
+    </w:p>
+    <w:p w:rsidR="000364D2" w:rsidRDefault="000364D2" w:rsidP="000364D2">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="634168FE" wp14:editId="6C753174">
-[...2 lines deleted...]
-            <wp:docPr id="2" name="Picture 2"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4EB409E8" wp14:editId="7850BF43">
+            <wp:extent cx="2743200" cy="3876675"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:docPr id="8" name="Picture 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6163559" cy="3605945"/>
+                      <a:ext cx="2743200" cy="3876675"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00016720" w:rsidRDefault="00016720" w:rsidP="00016720">
+    <w:p w:rsidR="000364D2" w:rsidRDefault="000364D2" w:rsidP="000364D2">
       <w:pPr>
-        <w:rPr>
-[...45 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="28DA5D99" wp14:editId="3C42CAD5">
-            <wp:extent cx="6082563" cy="3390900"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="780EE197" wp14:editId="6DF16746">
+            <wp:extent cx="5467350" cy="3771900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="3" name="Picture 3"/>
+            <wp:docPr id="9" name="Picture 9"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6086245" cy="3392953"/>
+                      <a:ext cx="5467350" cy="3771900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006045F7" w:rsidRPr="006045F7" w:rsidRDefault="006045F7">
+    <w:p w:rsidR="00433E61" w:rsidRDefault="00433E61" w:rsidP="00433E61">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
-[...32 lines deleted...]
-    <w:p w:rsidR="00016720" w:rsidRDefault="006045F7">
+    </w:p>
+    <w:p w:rsidR="00433E61" w:rsidRDefault="00433E61" w:rsidP="00433E61">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="center"/>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000364D2" w:rsidRDefault="00433E61" w:rsidP="00433E61">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0BED7811" wp14:editId="6D340F63">
-[...2 lines deleted...]
-            <wp:docPr id="4" name="Picture 4"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5EEC01BB" wp14:editId="1F0B3C07">
+            <wp:extent cx="1838325" cy="3400425"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+            <wp:docPr id="10" name="Picture 10"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6156477" cy="3476830"/>
+                      <a:ext cx="1838325" cy="3400425"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006045F7" w:rsidRDefault="006045F7">
-[...115 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId13"/>
+    <w:p w:rsidR="000364D2" w:rsidRDefault="000364D2" w:rsidP="000364D2"/>
+    <w:p w:rsidR="003F43A1" w:rsidRDefault="003F43A1"/>
+    <w:sectPr w:rsidR="003F43A1">
+      <w:headerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00576CE8" w:rsidRDefault="00576CE8" w:rsidP="00016720">
+    <w:p w:rsidR="005D7645" w:rsidRDefault="005D7645" w:rsidP="00433E61">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00576CE8" w:rsidRDefault="00576CE8" w:rsidP="00016720">
+    <w:p w:rsidR="005D7645" w:rsidRDefault="005D7645" w:rsidP="00433E61">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00576CE8" w:rsidRDefault="00576CE8" w:rsidP="00016720">
+    <w:p w:rsidR="005D7645" w:rsidRDefault="005D7645" w:rsidP="00433E61">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00576CE8" w:rsidRDefault="00576CE8" w:rsidP="00016720">
+    <w:p w:rsidR="005D7645" w:rsidRDefault="005D7645" w:rsidP="00433E61">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="-1872361104"/>
+      <w:id w:val="-2133552294"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="00016720" w:rsidRDefault="00016720">
+      <w:p w:rsidR="00433E61" w:rsidRDefault="00433E61">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00593031">
+        <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00016720" w:rsidRDefault="00016720">
+  <w:p w:rsidR="00433E61" w:rsidRDefault="00433E61">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001C7988"/>
-[...5 lines deleted...]
-    <w:rsid w:val="009F115D"/>
+    <w:rsidRoot w:val="009D56F2"/>
+    <w:rsid w:val="000364D2"/>
+    <w:rsid w:val="003F43A1"/>
+    <w:rsid w:val="00433E61"/>
+    <w:rsid w:val="005D7645"/>
+    <w:rsid w:val="006B1BF9"/>
+    <w:rsid w:val="009D56F2"/>
+    <w:rsid w:val="00F654BF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
@@ -820,151 +742,152 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="000364D2"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00016720"/>
+    <w:rsid w:val="000364D2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00016720"/>
+    <w:rsid w:val="000364D2"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00016720"/>
+    <w:rsid w:val="00433E61"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00016720"/>
+    <w:rsid w:val="00433E61"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00016720"/>
+    <w:rsid w:val="00433E61"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00016720"/>
+    <w:rsid w:val="00433E61"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -1084,164 +1007,165 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="000364D2"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00016720"/>
+    <w:rsid w:val="000364D2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00016720"/>
+    <w:rsid w:val="000364D2"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00016720"/>
+    <w:rsid w:val="00433E61"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00016720"/>
+    <w:rsid w:val="00433E61"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00016720"/>
+    <w:rsid w:val="00433E61"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00016720"/>
+    <w:rsid w:val="00433E61"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1485,90 +1409,74 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>210</Characters>
+  <Pages>4</Pages>
+  <Words>4</Words>
+  <Characters>24</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>245</CharactersWithSpaces>
+  <CharactersWithSpaces>27</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Spremic7</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>